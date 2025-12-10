--- v0 (2025-10-26)
+++ v1 (2025-12-10)
@@ -1,121 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9b37b61cf639469a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R40c32a461e2849b4" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Gareth Brown – Contract Software Engineer</w:t>
+        <w:t xml:space="preserve">Gareth Brown – Senior Software Engineer &amp; Solutions Architect</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Software and Web Engineer (C# &amp; .NET specialist)</w:t>
+        <w:t xml:space="preserve">.NET Specialist / Full-Stack Web Apps / APIs / Databases / Cloud Infrastructure / Microservices</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">App Software Ltd, Dilton Marsh, Westbury, Wiltshire, BA13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PROFILE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">An experienced full stack software developer specialising in internet programming and solution architecture, with an in-depth knowledge of web protocols, standards and technologies including cloud services. An effective communicator and problem solver with an organised and pragmatic approach to software development. Known by my clients for being accountable, responsible and leading on key challenges.</w:t>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior Software Engineer and Solutions Architect with 18+ years architecting enterprise solutions for public sector organisations and FTSE 100 companies including UKSBS, Maersk, Dyson, and O2:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> I specialise in full-stack web application and API development, with a focus on .NET. and have proven expertise and experience delivering mission-critical systems at scale. I'm able to lead or support development teams through complex technical and organisational challenges, prioritising a pragmatic approach to building performant, reliable, maintainable software that meets compliance and security requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> I'm recognised by my clients for for taking ownership of critical project deliverables, mentoring fellow developers, and the consistent successful delivery of software projects.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">PUBLIC</w:t>
+        <w:t xml:space="preserve">PUBLIC PROFILES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Website:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> https://appsoftware.com</w:t>
+        <w:t xml:space="preserve"> https://www.appsoftware.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">GitHub:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> https://github.com/appsoftwareltd</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
@@ -175,1913 +194,1368 @@
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Email:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> gareth.brown@appsoftware.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">DATE OF BIRTH</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">16th December 1980</w:t>
+        <w:t xml:space="preserve">AVAILABILITY</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Based in:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Wiltshire, UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Available for:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Remote, London, UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">LOCATIONS</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">South West UK / London / Remote</w:t>
+        <w:t xml:space="preserve">CORE TECHNICAL SKILLS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Languages:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, JavaScript, TypeScript, SQL, HTML, CSS, Bash, PowerShell</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Backend &amp; Frameworks:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> .NET (5-9, Core, Framework), ASP.NET MVC, Node.js, Blazor, MAUI, Xamarin, Dapper ORM, Entity Framework, Mass Transit, SignalR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frontend:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Vue.js, Angular, React, Svelte, Alpine.js, jQuery, Knockout.js | CSS, Sass, Bootstrap, Tailwind, Bulma, Foundation, GOV.uk Design System</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cloud &amp; DevOps:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> AWS (EC2, ECS, Fargate, S3, CloudFront, Route53, RDS, SNS, SQS, SES, Athena, + more), Microsoft Azure, Google Cloud Platform (GCP), Digital Ocean | Docker, Kubernetes (K8s), Containerization, NGINX, IIS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Databases &amp; Messaging:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> PostgreSQL, SQL Server, MySQL, MariaDB, MongoDB, SQLite, Redis | RabbitMQ, Kafka, AWS SQS/SNS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">CI/CD &amp; Version Control:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Git, GitHub, Azure DevOps, GitHub Actions, Jenkins, Bitbucket, CodeCommit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">AI Tooling:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Experience with Github Copilot, Claude Code, ChatGPT  Cline</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Architecture &amp; Practices:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Microservices, REST APIs, Design Patterns, SOLID Principles, TDD, Unit/Integration/Load Testing, IaC, Agile/Scrum</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional Experience:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Python, Dart, C++, Java, Flutter, VMWare, Selenium, SEO, PPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">TECHNICAL SKILLS</w:t>
-[...459 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">EDUCATION</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Professional Qualifications &amp; Courses</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stanford Online / DeepLearning.AI:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Supervised Machine Learning: Regression and Classification (ML / AI)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Microsoft Certified Technology Specialist:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> ASP.NET</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">APM Professional Qualification:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Project Management</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open University:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Web Applications Design, Development and Management, Object Oriented Programming with Java</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Formal Education</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 A Levels:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Maths, Physics, Business Studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">9 GCSEs:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Science, Maths, English Lang/Lit, History, Sociology, Art, Phys Ed</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">EDUCATION</w:t>
-[...141 lines deleted...]
-        <w:t xml:space="preserve"> Science, Maths, English Lang/Lit, History, Sociology, Art, Phys Ed</w:t>
+        <w:t xml:space="preserve">PORTFOLIO / DEMO PROJECTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Since much of my professional project work is for enterprise clients and is delivered within team environments, I maintain some hobby projects and tools that allow me to demonstrate UI / front-end design capability. These can be found at:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://www.appsoftware.com/portfolio</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">DEMONSTRATION / PORTFOLIO PROJECTS</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">www.outdoorsandeco.com</w:t>
+        <w:t xml:space="preserve">PROFESSIONAL PROJECT HISTORY</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">January 2023 – Present (Lead Software Engineer / Solutions Architect) SHARP Upgrade for Grants Finance System – UKSBS (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Dapper ORM, PostgreSQL, JavaScript, Alpine.js, Docker, Amazon AWS (S3, CloudFront, SES)</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">A description of some of the technical features of this project can be viewed at www.outdoorsandeco.com/demo</w:t>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Hashicorp Vault, Swagger, Microservices, Okta, RabbitMQ, Redis, Dapper ORM, PostgreSQL, JavaScript, Alpine.js, Docker, Kubernetes (K8s), XUnit, JMeter, Amazon AWS, AWS S3, AWS Athena, Jira</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Here I re-joined UKSBS (following October 2018 - March 2021 contract) to continue work on the GFS project during a major upgrade following the successful delivery of the original project. I have worked hands-on alongside the permanent development, architecture and infrastructure teams to lead and support on key goals and support the wider 'SHARP' project (focused on the integration of Oracle cloud infrastructure) including collaboration with external contractors (IBM).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Specific technical contributions have included:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Leading the development team on application architecture, developer tooling and version control strategy for supporting multiple concurrent work streams. Co-ordinating with infrastructure teams on CI/CD and DevOps tasks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Delivery of a major system upgrade to support new business clients with unique workflows and processes (New REST API development and upgrading systems to support new workflows).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Optimization of message queue implementation RabbitMQ for a 9x throughput increase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of an archive process to migrate and structure large amounts of audit data from Postgres to AWS S3 and integrate with the AWS Athena query service. A continuous data transfer process was included for new data, helping to keep RDBMS data volumes to a minimum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Successful evaluation, design and integration of Hashicorp Vault for configuration and secrets management for the GFS application. Achieved key goals of ease of use for developers and infrastructure teams, minimal changes to the existing code base, options of both CLI and UI management of configuration and secrets and the ability to hot-reload configuration values with zero downtime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and build of a bespoke GUI client for management of configuration data in Hashicorp Vault. Manages configuration for circa 20 deployed test environments each comprising multiple microservices. Solved challenge of keeping sensitive (non-version controlled) configuration data in sync requiring a UI solution more capable than the stock UI provided with Hashicorp Vault.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of processes to archive data no longer required for compliance (thus maintaining application database performance).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of an internal cron based scheduling and execution of background processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Evaluation and implementation of security remediations recommended by external penetration testers (e.g. CSP headers with associated script modifications and other HTTP headers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Resolution of database performance issues including index optimisation, database connection optimisation, and implementation of a 'unit of work' factory pattern to better control over database connection lifetimes in the GFS application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Writing of developer support documentation including processes, strategies and technical guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implementation of GitFlow branching strategy to support multiple concurrent work streams with phased feature deployments along with blue / green deployment and environment management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">November 2022 - January 2023 (Senior Software Engineer) – A.P. Moller Maersk</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, Web APIs, React, PostgreSQL, SQL Server, Entity Framework, XUnit, Moq, Azure</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">At Maersk I worked on the Customs House Brokerage AppLite product. This was a phased deployment to rebuild a legacy application and move it to a Maersk's modern integrated / in house platform. I was able to make key contributions to the project and assist the team on a problematic microservice architecture that was hindering project progress and help to move the project. The Customs House Brokerage AppLite was a .NET Core / Entity Framework based project integrating with Maersk APIs and automation platforms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">July 2022 - October 2022 – (Senior Software Engineer) - Forestry Commission via Quicksilva Limited (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, MVC, PostgreSQL, Entity Framework, XUnit, Moq, GOV.uk Design System (GDS), Azure B2C, Azure Active Directory, Bitbucket</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This project for the Forestry Commission required integrating with the existing Quicksilva development team to assist with meeting the MVP milestone for redevelopment of the FLO software for both internal and external user management of Felling Licence Applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">My brief here included the progression of application development against the functional spec to meet project deadlines. Specifically, I undertook the development of an internally facing administrative system, with particular focus around identity and authorisation including the integration of Microsoft's Azure B2C. This included federated Active Directory tenants and the development of a roles / claims-based system to help manage a complex matrix of permissions for Forestry Commission employees.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">I was able make key contributions to the project early, being familiar with common agile development processes and technologies used in the project, and with significant experience of identity and authorisation platforms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">February 2022 - July 2022 – (Lead Software Engineer) Zircon Software Ltd (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This contract for Zircon Software Comprised two short projects:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cavendish Nuclear Waste Management Automation Project (OptiSort)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, WPF, Python, gRPC, SQL Server, Entity Framework, XUnit, Moq, Stateless, Docker, UML, Enterprise Architect, Azure DevOps</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This project for Cavendish Nuclear, under Zircon Software required the design and implementation of prototype control software for a hazardous waste system comprising a collection of robots and sensors ("OptiSort"). OptiSort manages logic, state and communications between subsystems.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Requirements were captured in a client supplied Enterprise Architect (Sparx Systems) model, which I was given ownership of to update with design and implementation detail consisting of interface definitions and UML diagrams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As the lead developer on this project I was responsible for architecture, coding, configuration and implementation of the software along with leading a team of three developers and a test engineer. Leadership responsibilities included mentoring, story writing, sprint planning, estimating, reporting and detailing of low-level design of features with the client and management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Key technical achievements include the design and implementation a robust set of state machines with customised state observability, pause / resume / synchronisation (based on the Stateless .NET library). This highly automated system relies heavily on a set of 300+ well-maintained unit and automated integration tests to assure the correct working of 3 state machines comprising 50+ states and associated triggers. Clean, SOLID, dependency injection-based architecture has facilitated pain free testing and development collaboration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The project was a great success and was delivered ahead of schedule with a high degree of satisfaction expressed by the customer throughout the project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">GPS Rail Asset Location Project</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, Xamarin, ASP.NET MVC, PostgreSQL, NUnit, Docker, JSON APIs, Wireshark, Plant UML</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This was a short project while the company waited for work to begin on the main project to which I would be assigned (See 'Cavendish Nuclear Waste Management Automation Project (OptiSort)'). I was able to get up to speed quickly and contribute modules to cover key requirements. My work on this project required extending a Xamarin based mobile application to facilitate comms and report on connectivity status with a GNSS receiver and web service.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The Xamarin application used underlying Android APIs to gather the required information. Some reverse engineering of the third party GNSS receiver companion app using Wireshark was required to discover means of interacting with the device, resulting in my implementing Multicast DNS client functionality in the app to improve on current network scanning mechanisms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This project required adherence to SIL (Safety Integrity Level) coding standards and detailed technical documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">April 2021 - January 2022 – (Software Engineer) - Home Buying and Conveyancing Platform - Veyco Ltd (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, XUnit, Swagger, Microservices, Angular, JavaScript, Okta, Docker, Amazon AWS (ECS (Fargate), ECR / SQS / SNS), JSON REST APIs, SOAP XML Services, Mass Transit, Dapper ORM, MariaDB, MongoDB, Azure Cloud, Azure DevOps</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Veyco is an investor backed start-up building services to support home buyers, sellers, estate agents, mortgage brokers, mortgage lenders and conveyancers. Further information regarding the business is restricted by NDA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">As a full stack Software Engineer, I led the design and implementation of the the infrastructure and application code to support this ambitious financial services (FinTech) application. Using Azure DevOps to configure CI/CD to deploy containerised applications to AWS ECS (Fargate) services covering multiple load balanced applications for web portals, database migrations and workflow, I set up a robust and low maintenance architecture that has enabled rapid code deployments and progress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">My role was primarily back-end development for this project, which has included (alongside general .NET Core application development): Okta SSO integration, HMLR (Land Registry) API integration, Workflow and message bus system design using Mass Transit, Database integration (RDBMS and NoSQL), Swagger API UI integration, Docker file curation, Integration Testing and Unit Testing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The project was progressed to a stage with demonstrable multi-portal user interfaces over multiple environments and advanced workflow management, which supported further advancement of business goals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">October 2018 - March 2021 – Senior Software Engineer - Grants Finance System - UKSBS (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Swagger, Microservices, Okta, RabbitMQ, Okta, Dapper ORM, PostgreSQL, JavaScript, Docker, XUnit, JMeter, Amazon AWS, GDS, Jira</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">UKSBS is a public sector service provider. Here I worked within an agile team of 15 including 3 developers, a technical architect, a DevOps engineer, and two testers, a BA and a project manager. The project was the development of a replacement for the existing Grant Finance System (GFS) which manages the allocation of funding to government backed research projects. This project was successfully moved into production in December 2020 and is now in the maintenance phase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">The new GFS system is a set of microservices running on AWS / Kubernetes. Microservice architecture was specified to facilitate fault tolerance and the potential future replacement of individual services. Well defined APIs and distinct databases were to be developed for each service while using a consistent technology stack and coding standards that would set a precedent for new software development projects within UKSBS. The project implemented full CI/CD and was deployable to multiple environments within AWS from early on.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">My role within the team was to lead on implementation of core design choices as specified by the technical architect. I was responsible for coding, configuration and integration of key application features including single sign on (SSO) integration (Okta / OAuth / OpenID Connect), inter-process comms including API development and messaging framework (RabbitMQ), concurrency handling, internal code libraries, UI framework and general application architecture.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">In addition to core development activities, I was tasked with mentoring junior team members, requirements gathering and story creation, with frequent contact with end users and project stakeholders. Towards the end of the project my role moved towards training of technical members of the permanent staff and maintenance of the applications.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">February 2018 - September 2018 – (Senior Software Engineer) - IMI Social / O2 Netflix API Integration / PayForIt - IMImobile (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS, NUnit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Much of my time during this assignment was spent developing upgrades for IMImobile's social media aggregation product - IMISocial. This product is used by several large clients including the BBC, and its primary purpose is managing large streams of messages from the major social media platforms such as Twitter, Facebook and Instagram, facilitating the curation of information for use by TV and radio presenters. Tasks included maintenance and extensions to API consumption modules and application / UI features.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">An additional project with which I was involved was the development of client code for consumption of the Netflix partner API for use in O2 customer promotion workflows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">December 2017 - January 2018 – (Software Engineer) - Plumbing and Heating Retail Web Application - House of Radiators (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">This project was for the re-design and maintenance for existing ASP.NET MVC website to improve device compatibility (responsive design) and image management. Other upgrades included implantation of a new payment processor, and a solution for managing a large and specialised product catalogue. As the sole developer on this project, I was able to design and advise on the most complete, robust and cost-effective solutions for the various challenges facing this small business.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">July 2016 - November 2017 – (Senior Software Engineer) - O2 Tariff Management - IMImobile (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, JavaScript, jQuery, Knockout.js, mustache.js, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Along with assisting on other web-based projects for major UK telecommunications providers, my primary task at IMImobile was the development of a management portal for O2 tariff management. O2 required the development of a management tool for creating and maintaining tariffs and special offers. The solution comprised an internal facing web-based GUI and development of an accompanying database. A UI capable of managing complex state, business logic and extensive validation of input was key to the success of the system, which was achieved by a largely JavaScript driven ASP.NET MVC web portal. Enterprise grade security and user management was also a key component of this project.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">January 2016 - July 2016 – (Senior Software Engineer) - International CRM System - Dyson (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, MSMQ, JavaScript, jQuery, SQL Server, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Providing cover following departure of a permanent senior developer. Dyson required assistance extending existing CRM systems to support expansion to new markets in China and Europe along with the implementation of new APIs to support device diagnostics applications and IoT devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">New APIs built as part of Dyson's upgraded digital presence were built for high availability running in the AWS cloud. Verification of fitness for purpose included the development of the API (C# / Web API 2), a JavaScript test client application, stress testing and documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">October 2015 - December 2015 – (Senior Software Engineer) - I/O Content - App Software Ltd (Internal Project)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, MongoDB, Amazon EC2, S3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Internal project developing a headless content management and distribution platform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">January 2015 - October 2015 – (Senior Software Engineer) - Armed Forces Social Network Website Redevelopment - Clever Digit Media (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, Amazon EC2, S3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Redevelopment of social networking platform for armed forces community. Full-stack development including database design, API development, and responsive front-end implementation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">November 2014 - December 2014 – (Senior Software Engineer) - Secure Media Data Browsing Application - Clever Digit Media (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C++, C#, SQLite</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Development of secure, offline media browsing application with encrypted data storage.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">September 2013 - October 2014 – (Senior Software Engineer) - Back End Processing Systems - Clever Digit Media (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Windows Services, Entity Framework, SQL Server</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Development of automated back-end processing systems including Windows Services for scheduled tasks and data processing workflows.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">May 2013 - August 2013 – (Senior Software Engineer) - Email Marketing System - Clever Digit Media (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Windows Services, Entity Framework, SQL Server</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of email marketing platform including campaign management, subscriber management, and delivery tracking systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">PROFESSIONAL PROJECT HISTORY</w:t>
-[...1126 lines deleted...]
-        <w:t xml:space="preserve">Previous project experience to 2007 available on request</w:t>
+        <w:t xml:space="preserve">EARLIER EXPERIENCE (2007-2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Senior Software Engineer</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - Clever Digit Media (2010-2013)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Multiple contracts including genealogy website redevelopment, SaaS price monitoring service, and enterprise data processing frameworks. Technologies: C#, ASP.NET MVC, Entity Framework, MySQL, SignalR, NServiceBus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Software Engineer</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - Multiple Contracts (2009-2011)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Included financial services systems (Richmond Group), point of sale systems (House of Radiators), and rail infrastructure testing (WRSL/Zircon Software). Technologies: C#, ASP.NET, SQL Server, Windows Forms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Earlier project experience (pre-2009) available on request</w:t>
       </w:r>
     </w:p>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:abstractNum w:abstractNumId="1">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2210,27 +1684,27 @@
     <w:pPr>
       <w:spacing w:before="320" w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="Rd9f9960986be437c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R00c9faa2ac88421e" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R282abbe95c3a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rce33da046a5e4a97" /></Relationships>
 </file>