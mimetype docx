--- v1 (2025-12-10)
+++ v2 (2026-01-24)
@@ -1,36 +1,36 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R40c32a461e2849b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9221d4716926429b" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Gareth Brown – Senior Software Engineer &amp; Solutions Architect</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">.NET Specialist / Full-Stack Web Apps / APIs / Databases / Cloud Infrastructure / Microservices</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
@@ -87,90 +87,90 @@
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PUBLIC PROFILES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Website:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> https://www.appsoftware.com</w:t>
+        <w:t xml:space="preserve">Website / Portfolio:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> https://appsoftware.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">GitHub:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> https://github.com/appsoftwareltd</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">LinkedIn:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> https://www.linkedin.com/in/garethrbrown</w:t>
+        <w:t xml:space="preserve"> https://linkedin.com/in/garethrbrown</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CONTACT INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
@@ -1684,27 +1684,27 @@
     <w:pPr>
       <w:spacing w:before="320" w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R282abbe95c3a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rce33da046a5e4a97" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b12f1c6bf4e4cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rec1dc9915e764394" /></Relationships>
 </file>