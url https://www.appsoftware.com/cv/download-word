--- v2 (2026-01-24)
+++ v3 (2026-03-10)
@@ -1,106 +1,95 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R9221d4716926429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/word/document.xml" Id="R241a0f093c334fa0" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Gareth Brown – Senior Software Engineer &amp; Solutions Architect</w:t>
+        <w:t xml:space="preserve">Gareth Brown - Full Stack Software Engineering &amp; DevOps</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">.NET Specialist / Full-Stack Web Apps / APIs / Databases / Cloud Infrastructure / Microservices</w:t>
+        <w:t xml:space="preserve">.NET Specialist / Full-Stack Web / APIs / Databases / Cloud Infrastructure / Microservices / AI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">App Software Ltd, Dilton Marsh, Westbury, Wiltshire, BA13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PROFILE</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> I'm recognised by my clients for for taking ownership of critical project deliverables, mentoring fellow developers, and the consistent successful delivery of software projects.</w:t>
+        <w:t xml:space="preserve"> Full-stack software and DevOps engineer, with particular specialisations in .NET web application and API development. Proven expertise and experience delivering mission-critical systems at scale. Able to lead and support development teams through complex technical and organisational challenges. Broad and deep skill set across the full software development life cycle. Prioritises pragmatism and building performant, reliable, maintainable software.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> Recognised by clients for taking ownership of critical project deliverables, mentoring fellow developers, clear technical communication, and the consistent successful delivery of software projects.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">PUBLIC PROFILES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
@@ -108,51 +97,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Website / Portfolio:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> https://appsoftware.com</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">GitHub:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> https://github.com/appsoftwareltd</w:t>
+        <w:t xml:space="preserve"> https://github.com/appsoftwareltd  | https://github.com/gbro3n</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">LinkedIn:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> https://linkedin.com/in/garethrbrown</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
@@ -263,138 +252,138 @@
         <w:t xml:space="preserve">CORE TECHNICAL SKILLS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Languages:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> C#, JavaScript, TypeScript, SQL, HTML, CSS, Bash, PowerShell</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Backend &amp; Frameworks:</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">Frontend:</w:t>
+        <w:t xml:space="preserve">Backend Frameworks:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> .NET (Core, Framework), ASP.NET MVC, Node.js, Blazor, MAUI, Xamarin, Dapper ORM, Entity Framework, Mass Transit, SignalR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Frontend Frameworks:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Vue.js, Angular, React, Svelte, Alpine.js, jQuery, Knockout.js | CSS, Sass, Bootstrap, Tailwind, Bulma, Foundation, GOV.uk Design System</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Cloud &amp; DevOps:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> AWS (EC2, ECS, Fargate, S3, CloudFront, Route53, RDS, SNS, SQS, SES, Athena, + more), Microsoft Azure, Google Cloud Platform (GCP), Digital Ocean | Docker, Kubernetes (K8s), Containerization, NGINX, IIS</w:t>
+        <w:t xml:space="preserve"> AWS, Microsoft Azure, Google Cloud Platform (GCP), Digital Ocean | Docker (Containerisation), Kubernetes (K8s), Flux CD</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Databases &amp; Messaging:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> PostgreSQL, SQL Server, MySQL, MariaDB, MongoDB, SQLite, Redis | RabbitMQ, Kafka, AWS SQS/SNS</w:t>
+        <w:t xml:space="preserve"> PostgreSQL, SQL Server, MySQL, MariaDB, MongoDB, SQLite, Redis | RabbitMQ, Kafka, AWS SQS/SNS, gRPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">CI/CD &amp; Version Control:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Git, GitHub, Azure DevOps, GitHub Actions, Jenkins, Bitbucket, CodeCommit</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">AI Tooling:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Experience with Github Copilot, Claude Code, ChatGPT  Cline</w:t>
+        <w:t xml:space="preserve"> AI-assisted development workflows and app integrations, LLMs (GPT, Claude, Gemini), RAG pipelines, local AI inference (Ollama, LM Studio), prompt engineering</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Architecture &amp; Practices:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> Microservices, REST APIs, Design Patterns, SOLID Principles, TDD, Unit/Integration/Load Testing, IaC, Agile/Scrum</w:t>
+        <w:t xml:space="preserve"> Microservices, Event-Driven Architecture, REST APIs, Design Patterns, SOLID Principles, TDD, Unit/Integration/Load Testing, Infrastructure as Code (IaC), Agile/Scrum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Additional Experience:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Python, Dart, C++, Java, Flutter, VMWare, Selenium, SEO, PPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
@@ -465,1004 +454,1212 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Project Management</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="40" w:after="40"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Open University:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Web Applications Design, Development and Management, Object Oriented Programming with Java</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">PORTFOLIO / DEMO PROJECTS &amp; TECHNICAL BLOG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://www.appsoftware.com/portfolio</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">https://www.appsoftware.com/blog</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">PROFESSIONAL PROJECT HISTORY</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Formal Education</w:t>
-[...84 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">January 2023 - Present (Lead Software Engineer / Solutions Architect) SHARP Upgrade for Grants Finance System - UKSBS (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Hashicorp Vault, Swagger, Microservices, Okta, RabbitMQ, Redis, Dapper ORM, PostgreSQL, JavaScript, Alpine.js, Docker, Kubernetes (K8s), XUnit, JMeter, Amazon AWS, AWS S3, AWS Athena, Jira</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Re-joined UKSBS to lead a major system upgrade for the GFS project, collaborating with internal development, architecture and infrastructure teams alongside external contractors (IBM) to integrate Oracle cloud infrastructure as part of the wider 'SHARP' programme.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Leading the development team on application architecture, developer tooling and version control strategy for supporting multiple concurrent work streams. Co-ordinating with infrastructure teams on CI/CD and DevOps tasks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Delivery of a major system upgrade to support new business clients with unique workflows and processes (New REST API development and upgrading systems to support new workflows).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Optimization of message queue implementation RabbitMQ for a 9x throughput increase.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of an archive process to migrate and structure large amounts of audit data from Postgres to AWS S3 and integrate with the AWS Athena query service. A continuous data transfer process was included for new data, helping to keep RDBMS data volumes to a minimum.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Successful evaluation, design and integration of Hashicorp Vault for configuration and secrets management for the GFS application. Achieved key goals of ease of use for developers and infrastructure teams, minimal changes to the existing code base, options of both CLI and UI management of configuration and secrets and the ability to hot-reload configuration values with zero downtime.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and build of a bespoke GUI client for management of configuration data in Hashicorp Vault. Manages configuration for circa 20 deployed test environments each comprising multiple microservices. Solved challenge of keeping sensitive (non-version controlled) configuration data in sync requiring a UI solution more capable than the stock UI provided with Hashicorp Vault.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of processes to archive data no longer required for compliance (thus maintaining application database performance).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Design and implementation of an internal cron based scheduling and execution of background processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Evaluation and implementation of security remediations recommended by external penetration testers (e.g. CSP headers with associated script modifications and other HTTP headers).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Resolution of database performance issues including index optimisation, database connection optimisation, and implementation of a 'unit of work' factory pattern to better control over database connection lifetimes in the GFS application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Writing of developer support documentation including processes, strategies and technical guides.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implementation of GitFlow branching strategy to support multiple concurrent work streams with phased feature deployments along with blue / green deployment and environment management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">January 2023 – Present (Lead Software Engineer / Solutions Architect) SHARP Upgrade for Grants Finance System – UKSBS (Contract)</w:t>
+        <w:t xml:space="preserve">November 2022 - January 2023 (Senior Software Engineer) - A.P. Moller Maersk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Hashicorp Vault, Swagger, Microservices, Okta, RabbitMQ, Redis, Dapper ORM, PostgreSQL, JavaScript, Alpine.js, Docker, Kubernetes (K8s), XUnit, JMeter, Amazon AWS, AWS S3, AWS Athena, Jira</w:t>
-[...159 lines deleted...]
-        <w:t xml:space="preserve">Implementation of GitFlow branching strategy to support multiple concurrent work streams with phased feature deployments along with blue / green deployment and environment management.</w:t>
+        <w:t xml:space="preserve"> C#, .NET Core, Web APIs, React, PostgreSQL, SQL Server, Entity Framework, XUnit, Moq, Azure</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Contributed to the Customs House Brokerage AppLite product, a phased rebuild of a legacy application migrating to Maersk's modern integrated platform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Resolved architectural issues in a problematic microservice design that was hindering project progress.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Integrated with Maersk APIs and automation platforms using .NET Core and Entity Framework.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">November 2022 - January 2023 (Senior Software Engineer) – A.P. Moller Maersk</w:t>
+        <w:t xml:space="preserve">July 2022 - October 2022 (Senior Software Engineer) - Forestry Commission via Quicksilva Limited (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, Web APIs, React, PostgreSQL, SQL Server, Entity Framework, XUnit, Moq, Azure</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">At Maersk I worked on the Customs House Brokerage AppLite product. This was a phased deployment to rebuild a legacy application and move it to a Maersk's modern integrated / in house platform. I was able to make key contributions to the project and assist the team on a problematic microservice architecture that was hindering project progress and help to move the project. The Customs House Brokerage AppLite was a .NET Core / Entity Framework based project integrating with Maersk APIs and automation platforms.</w:t>
+        <w:t xml:space="preserve"> C#, .NET Core, MVC, PostgreSQL, Entity Framework, XUnit, Moq, GOV.uk Design System (GDS), Azure B2C, Azure Active Directory, Bitbucket</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Drove application development against functional specifications to meet strict MVP milestones for the FLO software redevelopment (Felling Licence Applications).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed an internally facing administrative system with complex identity and authorisation requirements.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Integrated Microsoft Azure B2C with federated Active Directory tenants and implemented a roles/claims-based permissions system for Forestry Commission employees.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">July 2022 - October 2022 – (Senior Software Engineer) - Forestry Commission via Quicksilva Limited (Contract)</w:t>
+        <w:t xml:space="preserve">February 2022 - July 2022 (Lead Software Engineer) - Zircon Software Ltd (Contract)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Two projects for Zircon Software:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Cavendish Nuclear Waste Management Automation Project (OptiSort)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, MVC, PostgreSQL, Entity Framework, XUnit, Moq, GOV.uk Design System (GDS), Azure B2C, Azure Active Directory, Bitbucket</w:t>
-[...32 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> C#, .NET Core, WPF, Python, gRPC, SQL Server, Entity Framework, XUnit, Moq, Stateless, Docker, UML, Enterprise Architect, Azure DevOps</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Designed and implemented prototype control software for a hazardous waste automation system comprising robots and sensors ("OptiSort").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Led a team of three developers and a test engineer, with responsibilities including mentoring, sprint planning, story writing, and client liaison.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Owned and maintained the Enterprise Architect (Sparx Systems) model, updating interface definitions and UML diagrams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implemented a robust set of state machines (3 machines, 50+ states) with customised observability and pause/resume/synchronisation using the Stateless .NET library.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Delivered 300+ unit and integration tests ensuring correct operation of the highly automated system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Delivered project ahead of schedule with high customer satisfaction.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">February 2022 - July 2022 – (Lead Software Engineer) Zircon Software Ltd (Contract)</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">GPS Rail Asset Location Project</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Technologies:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, Xamarin, ASP.NET MVC, PostgreSQL, NUnit, Docker, JSON APIs, Wireshark, Plant UML</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Extended a Xamarin-based mobile application to report connectivity status with GNSS receivers and web services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Reverse-engineered third-party GNSS receiver protocols using Wireshark and implemented Multicast DNS client functionality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Adhered to SIL (Safety Integrity Level) coding standards with detailed technical documentation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Cavendish Nuclear Waste Management Automation Project (OptiSort)</w:t>
+        <w:t xml:space="preserve">April 2021 - January 2022 (Software Engineer) - Home Buying and Conveyancing Platform - Veyco Ltd (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, WPF, Python, gRPC, SQL Server, Entity Framework, XUnit, Moq, Stateless, Docker, UML, Enterprise Architect, Azure DevOps</w:t>
-[...40 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, XUnit, Swagger, Microservices, Angular, JavaScript, Okta, Docker, Amazon AWS (ECS (Fargate), ECR / SQS / SNS), JSON REST APIs, SOAP XML Services, Mass Transit, Dapper ORM, MariaDB, MongoDB, Azure Cloud, Azure DevOps</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Investor-backed FinTech start-up building services for home buyers, sellers, estate agents, mortgage brokers, lenders and conveyancers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Designed and implemented infrastructure and application architecture for a multi-portal FinTech platform.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Configured CI/CD pipelines via Azure DevOps to deploy containerised applications to AWS ECS (Fargate) with load balancing.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Integrated Okta SSO and HMLR (Land Registry) APIs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Designed workflow and message bus systems using Mass Transit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implemented database integration across RDBMS (MariaDB) and NoSQL (MongoDB) stores.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:before="240" w:after="240"/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">GPS Rail Asset Location Project</w:t>
+        <w:t xml:space="preserve">October 2018 - March 2021 (Senior Software Engineer) - Grants Finance System - UKSBS (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, Xamarin, ASP.NET MVC, PostgreSQL, NUnit, Docker, JSON APIs, Wireshark, Plant UML</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve">This project required adherence to SIL (Safety Integrity Level) coding standards and detailed technical documentation.</w:t>
+        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Swagger, Microservices, Okta, RabbitMQ, Dapper ORM, PostgreSQL, JavaScript, Docker, XUnit, JMeter, Amazon AWS, GDS, Jira</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed a replacement Grant Finance System (GFS) managing funding allocation for government-backed research projects. Microservices architecture on AWS/Kubernetes with full CI/CD. Successfully moved to production December 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Led implementation of core design choices within an agile team of 15, setting technical precedent for future UKSBS projects.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Integrated Okta SSO (OAuth/OpenID Connect) and designed inter-process communication via REST APIs and RabbitMQ messaging.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implemented concurrency handling, internal code libraries, and UI framework.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Mentored junior team members and led requirements gathering with end users and stakeholders.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Transitioned to training permanent staff and application maintenance post-launch.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">April 2021 - January 2022 – (Software Engineer) - Home Buying and Conveyancing Platform - Veyco Ltd (Contract)</w:t>
+        <w:t xml:space="preserve">February 2018 - September 2018 (Senior Software Engineer) - IMI Social / O2 Netflix API Integration / PayForIt - IMImobile (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, XUnit, Swagger, Microservices, Angular, JavaScript, Okta, Docker, Amazon AWS (ECS (Fargate), ECR / SQS / SNS), JSON REST APIs, SOAP XML Services, Mass Transit, Dapper ORM, MariaDB, MongoDB, Azure Cloud, Azure DevOps</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">The project was progressed to a stage with demonstrable multi-portal user interfaces over multiple environments and advanced workflow management, which supported further advancement of business goals.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS, NUnit</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed upgrades for IMISocial, a social media aggregation product used by major clients including the BBC.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Extended API consumption modules and UI features for managing high-volume message streams from Twitter, Facebook, and Instagram.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed Netflix partner API integration for O2 customer promotion workflows.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">October 2018 - March 2021 – Senior Software Engineer - Grants Finance System - UKSBS (Contract)</w:t>
+        <w:t xml:space="preserve">December 2017 - January 2018 (Software Engineer) - Plumbing and Heating Retail Web Application - House of Radiators (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, .NET Core, ASP.NET MVC, Swagger, Microservices, Okta, RabbitMQ, Okta, Dapper ORM, PostgreSQL, JavaScript, Docker, XUnit, JMeter, Amazon AWS, GDS, Jira</w:t>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">In addition to core development activities, I was tasked with mentoring junior team members, requirements gathering and story creation, with frequent contact with end users and project stakeholders. Towards the end of the project my role moved towards training of technical members of the permanent staff and maintenance of the applications.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Redesigned ASP.NET MVC e-commerce website for responsive design and improved image management.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Integrated new payment processor and built solution for managing a large, specialised product catalogue.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Sole developer: designed and delivered cost-effective solutions for all technical challenges.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">February 2018 - September 2018 – (Senior Software Engineer) - IMI Social / O2 Netflix API Integration / PayForIt - IMImobile (Contract)</w:t>
+        <w:t xml:space="preserve">July 2016 - November 2017 (Senior Software Engineer) - O2 Tariff Management - IMImobile (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS, NUnit</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">An additional project with which I was involved was the development of client code for consumption of the Netflix partner API for use in O2 customer promotion workflows.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, JavaScript, jQuery, Knockout.js, mustache.js, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed O2 tariff management portal for creating and maintaining tariffs and special offers.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Built JavaScript-driven ASP.NET MVC web portal with complex state management, business logic validation, and enterprise-grade security.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Assisted on additional web-based projects for major UK telecommunications providers.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">December 2017 - January 2018 – (Software Engineer) - Plumbing and Heating Retail Web Application - House of Radiators (Contract)</w:t>
+        <w:t xml:space="preserve">January 2016 - July 2016 (Senior Software Engineer) - International CRM System - Dyson (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, Dapper ORM, SQL Server, SignalR, JavaScript, jQuery, Amazon AWS</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">This project was for the re-design and maintenance for existing ASP.NET MVC website to improve device compatibility (responsive design) and image management. Other upgrades included implantation of a new payment processor, and a solution for managing a large and specialised product catalogue. As the sole developer on this project, I was able to design and advise on the most complete, robust and cost-effective solutions for the various challenges facing this small business.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, MSMQ, JavaScript, jQuery, SQL Server, Amazon AWS</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Extended CRM systems to support Dyson's expansion into China and Europe markets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Implemented high-availability APIs on AWS for device diagnostics and IoT devices.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="40"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Developed Web API 2 endpoints, JavaScript test client, and performed stress testing with full documentation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">July 2016 - November 2017 – (Senior Software Engineer) - O2 Tariff Management - IMImobile (Contract)</w:t>
+        <w:t xml:space="preserve">October 2015 - December 2015 (Senior Software Engineer) - I/O Content - App Software Ltd (Internal Project)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, Dapper ORM, SQL Server, JavaScript, jQuery, Knockout.js, mustache.js, Amazon AWS</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Along with assisting on other web-based projects for major UK telecommunications providers, my primary task at IMImobile was the development of a management portal for O2 tariff management. O2 required the development of a management tool for creating and maintaining tariffs and special offers. The solution comprised an internal facing web-based GUI and development of an accompanying database. A UI capable of managing complex state, business logic and extensive validation of input was key to the success of the system, which was achieved by a largely JavaScript driven ASP.NET MVC web portal. Enterprise grade security and user management was also a key component of this project.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, MongoDB, Amazon EC2, S3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Internal project developing a headless content management and distribution platform.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">January 2016 - July 2016 – (Senior Software Engineer) - International CRM System - Dyson (Contract)</w:t>
+        <w:t xml:space="preserve">January 2015 - October 2015 (Senior Software Engineer) - Armed Forces Social Network Website Redevelopment - Clever Digit Media (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, Entity Framework, MSMQ, JavaScript, jQuery, SQL Server, Amazon AWS</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">New APIs built as part of Dyson's upgraded digital presence were built for high availability running in the AWS cloud. Verification of fitness for purpose included the development of the API (C# / Web API 2), a JavaScript test client application, stress testing and documentation.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, Amazon EC2, S3</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Redevelopment of social networking platform for the armed forces community. Full-stack development including database design, API development, and responsive front-end implementation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">October 2015 - December 2015 – (Senior Software Engineer) - I/O Content - App Software Ltd (Internal Project)</w:t>
+        <w:t xml:space="preserve">November 2014 - December 2014 (Senior Software Engineer) - Secure Media Data Browsing Application - Clever Digit Media (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, MongoDB, Amazon EC2, S3</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Internal project developing a headless content management and distribution platform.</w:t>
+        <w:t xml:space="preserve"> C++, C#, SQLite</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Development of secure, offline media browsing application with encrypted data storage.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">January 2015 - October 2015 – (Senior Software Engineer) - Armed Forces Social Network Website Redevelopment - Clever Digit Media (Contract)</w:t>
+        <w:t xml:space="preserve">September 2013 - October 2014 (Senior Software Engineer) - Back End Processing Systems - Clever Digit Media (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> C#, ASP.NET MVC, JavaScript, AngularJS, jQuery, Massive, MySQL, Amazon EC2, S3</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Redevelopment of social networking platform for armed forces community. Full-stack development including database design, API development, and responsive front-end implementation.</w:t>
+        <w:t xml:space="preserve"> C#, ASP.NET MVC, Windows Services, Entity Framework, SQL Server</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="0" w:after="160"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Development of automated back-end processing systems including Windows Services for scheduled tasks and data processing workflows.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:color="D1D9E0" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:before="240" w:after="240"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">November 2014 - December 2014 – (Senior Software Engineer) - Secure Media Data Browsing Application - Clever Digit Media (Contract)</w:t>
-[...75 lines deleted...]
-        <w:t xml:space="preserve">May 2013 - August 2013 – (Senior Software Engineer) - Email Marketing System - Clever Digit Media (Contract)</w:t>
+        <w:t xml:space="preserve">May 2013 - August 2013 (Senior Software Engineer) - Email Marketing System - Clever Digit Media (Contract)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Technologies:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> C#, ASP.NET MVC, Windows Services, Entity Framework, SQL Server</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="0" w:after="160"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Design and implementation of email marketing platform including campaign management, subscriber management, and delivery tracking systems.</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1684,27 +1881,27 @@
     <w:pPr>
       <w:spacing w:before="320" w:after="160"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="24"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="22"/>
       <w:color w:val="1F2328"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R8b12f1c6bf4e4cde" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="Rec1dc9915e764394" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/word/styles.xml" Id="R9196bd9622de41b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="/word/numbering.xml" Id="R9b8d3d87fd1b4377" /></Relationships>
 </file>